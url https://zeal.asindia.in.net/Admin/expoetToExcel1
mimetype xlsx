--- v0 (2025-12-08)
+++ v1 (2026-01-29)
@@ -4,6616 +4,10653 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Report" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="492">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="842" uniqueCount="842">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Designation</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Mobile</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Sponsored by</t>
   </si>
   <si>
     <t>No of Passes</t>
   </si>
   <si>
-    <t>shivani shikha</t>
-[...2 lines deleted...]
-    <t>Tata Consultancy Services Ltd</t>
+    <t xml:space="preserve">Darbha Pavani Sravya </t>
+  </si>
+  <si>
+    <t>44</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>shivani.shikha25@gmail.com</t>
-[...1436 lines deleted...]
-    <t>9133055152</t>
+    <t>Pavani.Darbha@unilever.com</t>
+  </si>
+  <si>
+    <t>7338944452</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Akanksha Pandey </t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>Akanksha.Pandey2@unilever.com</t>
+  </si>
+  <si>
+    <t>8904233562</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TEJAS VADREWU </t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>Tejas.Vadrewu@unilever.com</t>
+  </si>
+  <si>
+    <t>7675040209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stuthi Mahesh </t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>Stuthi.Mahesh@unilever.com</t>
+  </si>
+  <si>
+    <t>9820841922</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Balaji T S </t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>balaji.ts@unilever.com</t>
+  </si>
+  <si>
+    <t>7022640164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anisha Mathias </t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Anisha.Mathias@unilever.com</t>
+  </si>
+  <si>
+    <t>7022193555</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Radhika.N                          </t>
+  </si>
+  <si>
+    <t>Radhika.N@unilever.com</t>
+  </si>
+  <si>
+    <t>9742872647</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GANDLA NARESH </t>
+  </si>
+  <si>
+    <t>Gandla.Naresh@unilever.com</t>
+  </si>
+  <si>
+    <t>9986264992</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paritosh Gupta </t>
+  </si>
+  <si>
+    <t>Paritosh.Gupta@unilever.com</t>
+  </si>
+  <si>
+    <t>9614658885</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kishore DS </t>
+  </si>
+  <si>
+    <t>Kishore.DS@unilever.com</t>
+  </si>
+  <si>
+    <t>9620249919</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Soumya </t>
+  </si>
+  <si>
+    <t>Soumya.Patil@unilever.com</t>
+  </si>
+  <si>
+    <t>8971143358</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Padmavathi H D </t>
+  </si>
+  <si>
+    <t>Padmavathi.HD@unilever.com</t>
+  </si>
+  <si>
+    <t>9945184468</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARCHANA </t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>Archana.Jayanthan@unilever.com</t>
+  </si>
+  <si>
+    <t>9999321551</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Husainee Sabunwala </t>
+  </si>
+  <si>
+    <t>Husainee.Sabunwala@unilever.com</t>
+  </si>
+  <si>
+    <t>9901243243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SRINIVAS MOHAN </t>
+  </si>
+  <si>
+    <t>Srinivas.Mohan@unilever.com</t>
+  </si>
+  <si>
+    <t>9739050096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GNANAVELOU C </t>
+  </si>
+  <si>
+    <t>Canagasabai.Gnanavelou@unilever.com</t>
+  </si>
+  <si>
+    <t>9790043053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rajat Sharma </t>
+  </si>
+  <si>
+    <t>Rajat.Sharma@unilever.com</t>
+  </si>
+  <si>
+    <t>7737219803</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pratik Bhageria </t>
+  </si>
+  <si>
+    <t>Pratik.Bhageria@unilever.com</t>
+  </si>
+  <si>
+    <t>8697204173</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jayanthi Venkata Sharan Ashrith Kumar </t>
+  </si>
+  <si>
+    <t>Sharan.Ashrith@unilever.com</t>
+  </si>
+  <si>
+    <t>7795791947</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vikram Shetty </t>
+  </si>
+  <si>
+    <t>Vikram.Shetty@unilever.com</t>
+  </si>
+  <si>
+    <t>9663328122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neha Verma </t>
+  </si>
+  <si>
+    <t>Neha.Verma3@unilever.com</t>
+  </si>
+  <si>
+    <t>7000793506</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Priyanka Malpani </t>
+  </si>
+  <si>
+    <t>Priyanka.Malpani@unilever.com</t>
+  </si>
+  <si>
+    <t>9711515105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranjni Raghupathi Rao </t>
+  </si>
+  <si>
+    <t>Ranjni.Rao@unilever.com</t>
+  </si>
+  <si>
+    <t>9910122714</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pooja M </t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Pooja.M@unilever.com</t>
+  </si>
+  <si>
+    <t>9743682716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOPAMUDRA PRIYADARSINEE TRIPATHY </t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Lopa.Tripathy@unilever.com</t>
+  </si>
+  <si>
+    <t>8118095840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saiee Puranik </t>
+  </si>
+  <si>
+    <t>Saiee.Puranik@unilever.com</t>
+  </si>
+  <si>
+    <t>8237730325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KANDIKUNTA DHANUNJAYA </t>
+  </si>
+  <si>
+    <t>Dhanunjaya.Kandikunta@unilever.com</t>
+  </si>
+  <si>
+    <t>8147885416</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jayasree Sadhana </t>
+  </si>
+  <si>
+    <t>Jayasree.Sadhana@unilever.com</t>
+  </si>
+  <si>
+    <t>6304501550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nisha S Raikar </t>
+  </si>
+  <si>
+    <t>Nisha.Raikar@unilever.com</t>
+  </si>
+  <si>
+    <t>9900544876</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Payal Khattry </t>
+  </si>
+  <si>
+    <t>Payal.Khattry@unilever.com</t>
+  </si>
+  <si>
+    <t>8478843258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Siddappa B Joshi </t>
+  </si>
+  <si>
+    <t>Siddappa.B.Joshi@unilever.com</t>
+  </si>
+  <si>
+    <t>9916315660</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manjunath Lakshman Joshi </t>
+  </si>
+  <si>
+    <t>Manjunath.Joshi@unilever.com</t>
+  </si>
+  <si>
+    <t>9742111633</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ravina Gupta </t>
+  </si>
+  <si>
+    <t>Ravina.Gupta2@unilever.com</t>
+  </si>
+  <si>
+    <t>7581801188</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EEGA SUDHARANI </t>
+  </si>
+  <si>
+    <t>Eega.Sudharani@unilever.com</t>
+  </si>
+  <si>
+    <t>9515695034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arpit Garg </t>
+  </si>
+  <si>
+    <t>Arpit.Garg@unilever.com</t>
+  </si>
+  <si>
+    <t>9410662525</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sudharshani Subramaniam </t>
+  </si>
+  <si>
+    <t>Sudharshani.Subramaniam@unilever.com</t>
+  </si>
+  <si>
+    <t>9972096431</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rekha Arora </t>
+  </si>
+  <si>
+    <t>Rekha.Arora@unilever.com</t>
+  </si>
+  <si>
+    <t>9953464454</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anagha Toji </t>
+  </si>
+  <si>
+    <t>ANAGHA.TOJI@unilever.com</t>
+  </si>
+  <si>
+    <t>9142619944</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tushar Bansal </t>
+  </si>
+  <si>
+    <t>Tushar.Bansal@unilever.com</t>
+  </si>
+  <si>
+    <t>9051079444</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sathish Kumar Pillai </t>
+  </si>
+  <si>
+    <t>Sathish.Kumar-Pillai@unilever.com</t>
+  </si>
+  <si>
+    <t>8336911440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muskaan Mittal </t>
+  </si>
+  <si>
+    <t>Muskaan.Mittal@unilever.com</t>
+  </si>
+  <si>
+    <t>8825127471</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dattani Dhyey Samir </t>
+  </si>
+  <si>
+    <t>Dhyey.Dattani@unilever.com</t>
+  </si>
+  <si>
+    <t>8657855078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B V V S N SATEESH </t>
+  </si>
+  <si>
+    <t>Sateesh.BVVSN@unilever.com</t>
+  </si>
+  <si>
+    <t>9901288555</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ranjani KVL </t>
+  </si>
+  <si>
+    <t>Ranjani.Kakaraparti@unilever.com</t>
+  </si>
+  <si>
+    <t>9986028305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bhupendar Yogeshwar </t>
+  </si>
+  <si>
+    <t>Bhupendar.Yogeshwar@unilever.com</t>
+  </si>
+  <si>
+    <t>8147342052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sushma J </t>
+  </si>
+  <si>
+    <t>Sushma.J@unilever.com</t>
+  </si>
+  <si>
+    <t>7899730267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N Srinivas Bhatt </t>
+  </si>
+  <si>
+    <t>Srinivas.N.Bhatt@unilever.com</t>
+  </si>
+  <si>
+    <t>9176456203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rohit Homraj Hemane  </t>
+  </si>
+  <si>
+    <t>Rohit.Hemane@unilever.com</t>
+  </si>
+  <si>
+    <t>8805014984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Surendra Anchan </t>
+  </si>
+  <si>
+    <t>Surendra.Anchan@unilever.com</t>
+  </si>
+  <si>
+    <t>9945800533</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Padma Mittal </t>
+  </si>
+  <si>
+    <t>Padma.Mittal@unilever.com</t>
+  </si>
+  <si>
+    <t>9538777334</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashwini </t>
+  </si>
+  <si>
+    <t>Ashwini.VR@unilever.com</t>
+  </si>
+  <si>
+    <t>7019428618</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bhaskar Babu L </t>
+  </si>
+  <si>
+    <t>Bhaskar.Babu@unilever.com</t>
+  </si>
+  <si>
+    <t>9008579589</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parvati Chand </t>
+  </si>
+  <si>
+    <t>Parvati.Chand@unilever.com</t>
+  </si>
+  <si>
+    <t>7973864391</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vikram Desikan </t>
+  </si>
+  <si>
+    <t>Vikram.Desikan@unilever.com</t>
+  </si>
+  <si>
+    <t>9840384252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Priyanka gupta </t>
+  </si>
+  <si>
+    <t>Priyanka.Gupta@unilever.com</t>
+  </si>
+  <si>
+    <t>9873589087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arpita A Mujumdar </t>
+  </si>
+  <si>
+    <t>Arpita.Mujumdar@unilever.com</t>
+  </si>
+  <si>
+    <t>9845221694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yusuf Qamar Zaman </t>
+  </si>
+  <si>
+    <t>Yusuf.Zaman@unilever.com</t>
+  </si>
+  <si>
+    <t>9674326952</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medisetti Gowthami </t>
+  </si>
+  <si>
+    <t>Gowthami.Medisetti@unilever.com</t>
+  </si>
+  <si>
+    <t>8688377973</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L Anil Kumar </t>
+  </si>
+  <si>
+    <t>Anil.KumarL@unilever.com</t>
+  </si>
+  <si>
+    <t>9164864300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raghu Sriramulu </t>
+  </si>
+  <si>
+    <t>Raghu.S@unilever.com</t>
+  </si>
+  <si>
+    <t>9880211090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Santhosh kumar </t>
+  </si>
+  <si>
+    <t>K.Santosh@unilever.com</t>
+  </si>
+  <si>
+    <t>7506046890</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manika Sharma </t>
+  </si>
+  <si>
+    <t>Manika.Sharma@unilever.com</t>
+  </si>
+  <si>
+    <t>9900119910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Patel Parth </t>
+  </si>
+  <si>
+    <t>Parth.Patel@unilever.com</t>
+  </si>
+  <si>
+    <t>6351648231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sujith R </t>
+  </si>
+  <si>
+    <t>Sujith.R@unilever.com</t>
+  </si>
+  <si>
+    <t>9916101673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Devender </t>
+  </si>
+  <si>
+    <t>Devender.Jangir@unilever.com</t>
+  </si>
+  <si>
+    <t>9716147340</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sagar Shridhara Acharya </t>
+  </si>
+  <si>
+    <t>Sagar.Acharya@unilever.com</t>
+  </si>
+  <si>
+    <t>9739660660</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aishwarya R </t>
+  </si>
+  <si>
+    <t>AISHWARYA.R2@unilever.com</t>
+  </si>
+  <si>
+    <t>9066849550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mamta K Gupta </t>
+  </si>
+  <si>
+    <t>Mamta.Gupta2@unilever.com</t>
+  </si>
+  <si>
+    <t>9880012848</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shivalingappa Kudavakkal </t>
+  </si>
+  <si>
+    <t>Shivalingappa.K@unilever.com</t>
+  </si>
+  <si>
+    <t>9480586182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Priya Patodia </t>
+  </si>
+  <si>
+    <t>Priya.Patodia@unilever.com</t>
+  </si>
+  <si>
+    <t>8000961194</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B Sivakumar </t>
+  </si>
+  <si>
+    <t>Sivakumar.Bandaru@unilever.com</t>
+  </si>
+  <si>
+    <t>9742746016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yukta Sharma </t>
+  </si>
+  <si>
+    <t>Yukta.Sharma@unilever.com</t>
+  </si>
+  <si>
+    <t>9073306263</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAMIREDDY YEDUKONDALU </t>
+  </si>
+  <si>
+    <t>Ramireddy.Yedukondalu@unilever.com</t>
+  </si>
+  <si>
+    <t>8861332549</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nikhil Agarwal </t>
+  </si>
+  <si>
+    <t>Nikhil.Agarwal@unilever.com</t>
+  </si>
+  <si>
+    <t>7866861143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aparna Ganesh </t>
+  </si>
+  <si>
+    <t>Aparna.Ganesh2@unilever.com</t>
+  </si>
+  <si>
+    <t>7349474236</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Somesh HM </t>
+  </si>
+  <si>
+    <t>Somesh.HM@unilever.com</t>
+  </si>
+  <si>
+    <t>7899730228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S Rohan </t>
+  </si>
+  <si>
+    <t>Rohan.S@unilever.com</t>
+  </si>
+  <si>
+    <t>9176058474</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mohammed Ammaar Khan </t>
+  </si>
+  <si>
+    <t>Mohammed.Ammaar@unilever.com</t>
+  </si>
+  <si>
+    <t>9598399332</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dhruv M Davey </t>
+  </si>
+  <si>
+    <t>Dhruv.Davey@unilever.com</t>
+  </si>
+  <si>
+    <t>7401581819</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manisha Agiwal </t>
+  </si>
+  <si>
+    <t>Manisha.Agiwal@unilever.com</t>
+  </si>
+  <si>
+    <t>6203138550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Noorin Mohammed Razak </t>
+  </si>
+  <si>
+    <t>Noorin.Razak@unilever.com</t>
+  </si>
+  <si>
+    <t>7387142166</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rayappa Devakki </t>
+  </si>
+  <si>
+    <t>Rayappa.Devakki2@unilever.com</t>
+  </si>
+  <si>
+    <t>8095560011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lalit Kumar </t>
+  </si>
+  <si>
+    <t>Lalit.K.Kumar@unilever.com</t>
+  </si>
+  <si>
+    <t>9873424370</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKRITI JAIN </t>
+  </si>
+  <si>
+    <t>Akriti.Jain@unilever.com</t>
+  </si>
+  <si>
+    <t>9570171900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rakshitha MP </t>
+  </si>
+  <si>
+    <t>Rakshitha.MP@unilever.com</t>
+  </si>
+  <si>
+    <t>9632904549</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mythri Bhat M </t>
+  </si>
+  <si>
+    <t>Mythri.Bhat@unilever.com</t>
+  </si>
+  <si>
+    <t>9663367501</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sourav Jain </t>
+  </si>
+  <si>
+    <t>SOURAV.JAIN@unilever.com</t>
+  </si>
+  <si>
+    <t>8585007852</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vishnu Dev Sharma </t>
+  </si>
+  <si>
+    <t>Vishnu.D.Sharma@unilever.com</t>
+  </si>
+  <si>
+    <t>8587814714</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manjunatha.K </t>
+  </si>
+  <si>
+    <t>Manjunatha.K3@unilever.com</t>
+  </si>
+  <si>
+    <t>9591803268</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Subhangi Prakash </t>
+  </si>
+  <si>
+    <t>Subhangi.Prakash@unilever.com</t>
+  </si>
+  <si>
+    <t>8271874006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gauri Bhagwant Divate </t>
+  </si>
+  <si>
+    <t>Gauri.Divate@unilever.com</t>
+  </si>
+  <si>
+    <t>+919845174008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wafa Ahmadi </t>
+  </si>
+  <si>
+    <t>Wafa.Ahmadi@unilever.com</t>
+  </si>
+  <si>
+    <t>9916522774</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shivam Yadav </t>
+  </si>
+  <si>
+    <t>Shivam.Yadav@unilever.com</t>
+  </si>
+  <si>
+    <t>8586056839</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Smitha M V </t>
+  </si>
+  <si>
+    <t>SMITHA.MV@unilever.com</t>
+  </si>
+  <si>
+    <t>9844061709</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B Mahaboob Basha </t>
+  </si>
+  <si>
+    <t>Mahaboob.Basha@unilever.com</t>
+  </si>
+  <si>
+    <t>8977707507</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KAUSHAL CHAURASIA </t>
+  </si>
+  <si>
+    <t>Kaushal.Chaurasia@unilever.com</t>
+  </si>
+  <si>
+    <t>9082860089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vidya Ganapathy </t>
+  </si>
+  <si>
+    <t>Vidya.Ganapathy@unilever.com</t>
+  </si>
+  <si>
+    <t>9819083826</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rahul Das </t>
+  </si>
+  <si>
+    <t>Rahul.Das3@unilever.com</t>
+  </si>
+  <si>
+    <t>9804429110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sarika Menon </t>
+  </si>
+  <si>
+    <t>Sarika.Menon2@unilever.com</t>
+  </si>
+  <si>
+    <t>9880993537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sonal Sarda </t>
+  </si>
+  <si>
+    <t>Sonal.Sarda@unilever.com</t>
+  </si>
+  <si>
+    <t>8884506425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Purandarvithal Honniganur </t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>Purandarvithal.Honniganur@unilever.com</t>
+  </si>
+  <si>
+    <t>7353098190</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arun N </t>
+  </si>
+  <si>
+    <t>Arun.N2@unilever.com</t>
+  </si>
+  <si>
+    <t>9538723810</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Madhialagan H </t>
+  </si>
+  <si>
+    <t>Madhi.Alagan@unilever.com</t>
+  </si>
+  <si>
+    <t>9986283511</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sandhiya P J </t>
+  </si>
+  <si>
+    <t>Sandhiya.PJ@unilever.com</t>
+  </si>
+  <si>
+    <t>6385510089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Samir Anand Manojkumar Sinha </t>
+  </si>
+  <si>
+    <t>Samir.Sinha@unilever.com</t>
+  </si>
+  <si>
+    <t>9033764958</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argha Roy Choudhury </t>
+  </si>
+  <si>
+    <t>Argha.Choudhury@unilever.com</t>
+  </si>
+  <si>
+    <t>6290225071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shashank Shekhar </t>
+  </si>
+  <si>
+    <t>Shashank.Shekhar@unilever.com</t>
+  </si>
+  <si>
+    <t>9731656688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paridhi Mahjan </t>
+  </si>
+  <si>
+    <t>Paridhi.Mahajan@unilever.com</t>
+  </si>
+  <si>
+    <t>7049449500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parimi Vijay Kumar </t>
+  </si>
+  <si>
+    <t>Vijaykumar.Parimi2@unilever.com</t>
+  </si>
+  <si>
+    <t>7569092457</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANUJ DANGI </t>
+  </si>
+  <si>
+    <t>Anuj.Dangi@unilever.com</t>
+  </si>
+  <si>
+    <t>8657485424</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sunita Jewargi </t>
+  </si>
+  <si>
+    <t>Sunita.Jewargi@unilever.com</t>
+  </si>
+  <si>
+    <t>9741800534</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mahesh Gokhale </t>
+  </si>
+  <si>
+    <t>Mahesh.Gokhale@unilever.com</t>
+  </si>
+  <si>
+    <t>9731688607</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Soumya Singh </t>
+  </si>
+  <si>
+    <t>Soumya.Singh@unilever.com</t>
+  </si>
+  <si>
+    <t>9372368416</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAURABH KUMAR KESHAN </t>
+  </si>
+  <si>
+    <t>Saurabh.Keshan@unilever.com</t>
+  </si>
+  <si>
+    <t>8961152980</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rajendra Kumar </t>
+  </si>
+  <si>
+    <t>Rajendra.Kumar9@unilever.com</t>
+  </si>
+  <si>
+    <t>9148977525</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dhanprasad Gurung </t>
+  </si>
+  <si>
+    <t>Dhanprasad.Gurung@unilever.com</t>
+  </si>
+  <si>
+    <t>7086042518</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swati Bapat </t>
+  </si>
+  <si>
+    <t>Swati.Bapat@unilever.com</t>
+  </si>
+  <si>
+    <t>9448375619</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aman Shahi </t>
+  </si>
+  <si>
+    <t>Aman.Shahi@unilever.com</t>
+  </si>
+  <si>
+    <t>9051901352</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lovey Gupta </t>
+  </si>
+  <si>
+    <t>Lovey.Gupta@unilever.com</t>
+  </si>
+  <si>
+    <t>9636831591</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanjana Pradhan </t>
+  </si>
+  <si>
+    <t>Sanjana.Pradhan@unilever.com</t>
+  </si>
+  <si>
+    <t>9582747934</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sushma Gangadhara </t>
+  </si>
+  <si>
+    <t>Sushma.Gangadhar3@unilever.com</t>
+  </si>
+  <si>
+    <t>9900113319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ajay Nagpal </t>
+  </si>
+  <si>
+    <t>Ajay.Nagpal@unilever.com</t>
+  </si>
+  <si>
+    <t>8527692360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Devadutta Dutta Choudhary </t>
+  </si>
+  <si>
+    <t>DEVADUTTA.CHOUDHARY@unilever.com</t>
+  </si>
+  <si>
+    <t>9741563964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kunal Garg </t>
+  </si>
+  <si>
+    <t>Kunal.Garg@unilever.com</t>
+  </si>
+  <si>
+    <t>9910715477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sudha Rani S </t>
+  </si>
+  <si>
+    <t>Sudha.Rani-S@unilever.com</t>
+  </si>
+  <si>
+    <t>9880053529</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deepti TU </t>
+  </si>
+  <si>
+    <t>Deepti.TU@unilever.com</t>
+  </si>
+  <si>
+    <t>9880004870</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prakarti Bhasin </t>
+  </si>
+  <si>
+    <t>Prakarti.Bhasin@unilever.com</t>
+  </si>
+  <si>
+    <t>7619710450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shaik Gulshan </t>
+  </si>
+  <si>
+    <t>Gulshan.Shaik@unilever.com</t>
+  </si>
+  <si>
+    <t>8919718203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aastha Jain </t>
+  </si>
+  <si>
+    <t>Aastha.Jain@unilever.com</t>
+  </si>
+  <si>
+    <t>9560590919</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanskar Gupta </t>
+  </si>
+  <si>
+    <t>Sanskar.Gupta3@unilever.com</t>
+  </si>
+  <si>
+    <t>9044894597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asha Suresh </t>
+  </si>
+  <si>
+    <t>Suresh.Asha@unilever.com</t>
+  </si>
+  <si>
+    <t>9663397847</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jaikanth.A </t>
+  </si>
+  <si>
+    <t>Jaikanth.A@unilever.com</t>
+  </si>
+  <si>
+    <t>9789919074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jagadish KV </t>
+  </si>
+  <si>
+    <t>Jagadish.KV@unilever.com</t>
+  </si>
+  <si>
+    <t>9663355990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chaitra </t>
+  </si>
+  <si>
+    <t>Chaitra.Mahadevswamy@unilever.com</t>
+  </si>
+  <si>
+    <t>9353079504</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vinay Agrawal </t>
+  </si>
+  <si>
+    <t>Vinay.Agrawal2@unilever.com</t>
+  </si>
+  <si>
+    <t>7219927762</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mayank Patel </t>
+  </si>
+  <si>
+    <t>Mayank.Patel@unilever.com</t>
+  </si>
+  <si>
+    <t>9039079123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prabhjyot Singh Goud </t>
+  </si>
+  <si>
+    <t>prabhjyot.singh2@unilever.com</t>
+  </si>
+  <si>
+    <t>8923202161</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaurav Tiwari </t>
+  </si>
+  <si>
+    <t>Gaurav.Tiwari@unilever.com</t>
+  </si>
+  <si>
+    <t>7597725531</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praful Trivedi </t>
+  </si>
+  <si>
+    <t>Praful.Trivedi@unilever.com</t>
+  </si>
+  <si>
+    <t>7406193666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pragyanand Barnwal </t>
+  </si>
+  <si>
+    <t>Pragyanand.Barnwal@unilever.com</t>
+  </si>
+  <si>
+    <t>9718919707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sankaranarayanan V </t>
+  </si>
+  <si>
+    <t>Sankaranarayanan.v@unilever.com</t>
+  </si>
+  <si>
+    <t>9980422355</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shubam Singh </t>
+  </si>
+  <si>
+    <t>Shubam.Singh@unilever.com</t>
+  </si>
+  <si>
+    <t>9513079443</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boddeda Swami Sankara Giresh </t>
+  </si>
+  <si>
+    <t>Giresh.Boddeda@unilever.com</t>
+  </si>
+  <si>
+    <t>9912747143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thulasi </t>
+  </si>
+  <si>
+    <t>Thulasi.M2@unilever.com</t>
+  </si>
+  <si>
+    <t>+91-8760239626</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saket Saraf </t>
+  </si>
+  <si>
+    <t>Saket.Saraf@unilever.com</t>
+  </si>
+  <si>
+    <t>9902280272</t>
+  </si>
+  <si>
+    <t>Aastha.Jain2@unilever.com</t>
+  </si>
+  <si>
+    <t>9413437342</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pallavi. </t>
+  </si>
+  <si>
+    <t>Pallavi.Adhikari@unilever.com</t>
+  </si>
+  <si>
+    <t>8595612190</t>
+  </si>
+  <si>
+    <t xml:space="preserve">atanu ganguly </t>
+  </si>
+  <si>
+    <t>Atanu.Ganguly@unilever.com</t>
+  </si>
+  <si>
+    <t>9900121087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shashwat Goyal </t>
+  </si>
+  <si>
+    <t>Shashwat.Goyal@unilever.com</t>
+  </si>
+  <si>
+    <t>9953001725</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kaviarasi Chandrashekaran </t>
+  </si>
+  <si>
+    <t>Kaviarasi.Chandrashekaran@unilever.com</t>
+  </si>
+  <si>
+    <t>9916394066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">v Raghu pathy </t>
+  </si>
+  <si>
+    <t>Raghu.Pathy@unilever.com</t>
+  </si>
+  <si>
+    <t>8284000956</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SathiyaPrabha </t>
+  </si>
+  <si>
+    <t>Sathiya.Prabha@unilever.com</t>
+  </si>
+  <si>
+    <t>9379459072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saurabh Srivastav </t>
+  </si>
+  <si>
+    <t>Saurabh.Srivastav2@unilever.com</t>
+  </si>
+  <si>
+    <t>8750167672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nilesh Jain </t>
+  </si>
+  <si>
+    <t>Nilesh.Jain@unilever.com</t>
+  </si>
+  <si>
+    <t>7019246288</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shefalika Jha </t>
+  </si>
+  <si>
+    <t>Shefalika.Jha@unilever.com</t>
+  </si>
+  <si>
+    <t>9820541090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dimpy Wadhwani </t>
+  </si>
+  <si>
+    <t>Dimpy.Wadhwani@unilever.com</t>
+  </si>
+  <si>
+    <t>6375584840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">malini bhattacharjee </t>
+  </si>
+  <si>
+    <t>Malini.Bhattacharjee@unilever.com</t>
+  </si>
+  <si>
+    <t>8884339433</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shobha S </t>
+  </si>
+  <si>
+    <t>Shobha.Shivanna@unilever.com</t>
+  </si>
+  <si>
+    <t>9916888022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sarthak Garg </t>
+  </si>
+  <si>
+    <t>Sarthak.Garg2@unilever.com</t>
+  </si>
+  <si>
+    <t>8130532382</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pasupula Naga Rama Krishna </t>
+  </si>
+  <si>
+    <t>Ramakrishna.Naga@unilever.com</t>
+  </si>
+  <si>
+    <t>8056096902</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanidhya R Punja </t>
+  </si>
+  <si>
+    <t>Sanidhya.Punja@unilever.com</t>
+  </si>
+  <si>
+    <t>8197558484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Garvita Bhangariya </t>
+  </si>
+  <si>
+    <t>Garvita.Bhangariya@unilever.com</t>
+  </si>
+  <si>
+    <t>9975006782</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saroja A N </t>
+  </si>
+  <si>
+    <t>Saroja.Nanjundegowda@unilever.com</t>
+  </si>
+  <si>
+    <t>9980712361</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ramachandran </t>
+  </si>
+  <si>
+    <t>Ramachandran.KM@unilever.com</t>
+  </si>
+  <si>
+    <t>9535011449</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vileena M N </t>
+  </si>
+  <si>
+    <t>Vileena.MN@unilever.com</t>
+  </si>
+  <si>
+    <t>9916219976</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Divya Mathew </t>
+  </si>
+  <si>
+    <t>Divya.Mathew@unilever.com</t>
+  </si>
+  <si>
+    <t>6238659848</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SREEJITH S </t>
+  </si>
+  <si>
+    <t>Sreejith.S@unilever.com</t>
+  </si>
+  <si>
+    <t>9744360492</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Akash Rathnakar Shetty </t>
+  </si>
+  <si>
+    <t>Akash.Shetty2@unilever.com</t>
+  </si>
+  <si>
+    <t>8197052984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anshika Agrawal </t>
+  </si>
+  <si>
+    <t>Anshika.Agrawal@unilever.com</t>
+  </si>
+  <si>
+    <t>8650062481</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mohammad Ibrahim </t>
+  </si>
+  <si>
+    <t>Mohammad.Ibrahim2@unilever.com</t>
+  </si>
+  <si>
+    <t>7207472090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prashant Kumar Srivastava </t>
+  </si>
+  <si>
+    <t>PRASHANT-KUMAR.SRIVASTAVA@unilever.com</t>
+  </si>
+  <si>
+    <t>9140993300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ankit Sharma  </t>
+  </si>
+  <si>
+    <t>Ankit.Sharma3@unilever.com</t>
+  </si>
+  <si>
+    <t>9874835554</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barbara Legrand </t>
+  </si>
+  <si>
+    <t>Barbara.Legrand@unilever.com</t>
+  </si>
+  <si>
+    <t>+48721570901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anima Shaukat </t>
+  </si>
+  <si>
+    <t>Anima.Shaukat@unilever.com</t>
+  </si>
+  <si>
+    <t>8137958378</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Srinivasa K </t>
+  </si>
+  <si>
+    <t>Srinivasa.K2@unilever.com</t>
+  </si>
+  <si>
+    <t>8123267949</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meghanshi Agarwal </t>
+  </si>
+  <si>
+    <t>Meghanshi.Agarwal@unilever.com</t>
+  </si>
+  <si>
+    <t>7597066440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kollana Pavani </t>
+  </si>
+  <si>
+    <t>Pavani.Kollana@unilever.com</t>
+  </si>
+  <si>
+    <t>9182033342</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Priyanshu Agrawal </t>
+  </si>
+  <si>
+    <t>Priyanshu.Agrawal@unilever.com</t>
+  </si>
+  <si>
+    <t>9883496605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sharona Sassoon </t>
+  </si>
+  <si>
+    <t>Sharona.Sassoon@unilever.com</t>
+  </si>
+  <si>
+    <t>8879797825</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIHARIKA JAIN </t>
+  </si>
+  <si>
+    <t>Niharika.Jain@unilever.com</t>
+  </si>
+  <si>
+    <t>9039453764</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shivangi Dutt </t>
+  </si>
+  <si>
+    <t>Shivangi.Dutt@unilever.com</t>
+  </si>
+  <si>
+    <t>8073313828</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suyash Mittal </t>
+  </si>
+  <si>
+    <t>Suyash.Mittal@unilever.com</t>
+  </si>
+  <si>
+    <t>7987107761</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raghavendra Udupa </t>
+  </si>
+  <si>
+    <t>Raghavendra.Udupa@unilever.com</t>
+  </si>
+  <si>
+    <t>9986025721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAPETI SAI SOWJANYA </t>
+  </si>
+  <si>
+    <t>Sai.Sowjanya@unilever.com</t>
+  </si>
+  <si>
+    <t>9821639570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abhash </t>
+  </si>
+  <si>
+    <t>Abhash.Prasad@unilever.com</t>
+  </si>
+  <si>
+    <t>8879632951</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ravi Prasad </t>
+  </si>
+  <si>
+    <t>Ravi.Prasad@unilever.com</t>
+  </si>
+  <si>
+    <t>8510908846</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supriya Amit Gothankar </t>
+  </si>
+  <si>
+    <t>Supriya.Gothankar@unilever.com</t>
+  </si>
+  <si>
+    <t>9820196637</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alka Sham Ghansham </t>
+  </si>
+  <si>
+    <t>Alka.Ghansham@unilever.com</t>
+  </si>
+  <si>
+    <t>8879044365</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C S Jnanavi </t>
+  </si>
+  <si>
+    <t>CS.Jnanavi@unilever.com</t>
+  </si>
+  <si>
+    <t>8861424157</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanya Hablani </t>
+  </si>
+  <si>
+    <t>Sanya.Hablani@unilever.com</t>
+  </si>
+  <si>
+    <t>6267633074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abhay Agarwal </t>
+  </si>
+  <si>
+    <t>Abhay.Agarwal2@unilever.com</t>
+  </si>
+  <si>
+    <t>8233910077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARIAT GEORGE </t>
+  </si>
+  <si>
+    <t>Mariat.George@unilever.com</t>
+  </si>
+  <si>
+    <t>8078098187</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praveen Pothugunta </t>
+  </si>
+  <si>
+    <t>Praveen.Pothugunta@unilever.com</t>
+  </si>
+  <si>
+    <t>9986037672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumit Kumar Partani </t>
+  </si>
+  <si>
+    <t>Sumit.Partani@unilever.com</t>
+  </si>
+  <si>
+    <t>7877614325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Srilakshmi Jayaramrao </t>
+  </si>
+  <si>
+    <t>Srilakshmi.JayaramRao@unilever.com</t>
+  </si>
+  <si>
+    <t>9886355006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vibha sharma </t>
+  </si>
+  <si>
+    <t>Vibha.Sharma2@unilever.com</t>
+  </si>
+  <si>
+    <t>9958570321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Navita Khatri </t>
+  </si>
+  <si>
+    <t>Navita.Tawani@unilever.com</t>
+  </si>
+  <si>
+    <t>9167240512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Priyesh Agarwal </t>
+  </si>
+  <si>
+    <t>Priyesh.Agarwal@unilever.com</t>
+  </si>
+  <si>
+    <t>9064421433</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kadambari Shantaram Pawaskar </t>
+  </si>
+  <si>
+    <t>Kadambari.Pawaskar@unilever.com</t>
+  </si>
+  <si>
+    <t>9773406306</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JITHENDRA MAHADEVASWAMY </t>
+  </si>
+  <si>
+    <t>46(3XL)</t>
+  </si>
+  <si>
+    <t>Jithendra.M@unilever.com</t>
+  </si>
+  <si>
+    <t>9980876737</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manjula Ramaiah </t>
+  </si>
+  <si>
+    <t>Manjula.Ramaiah@unilever.com</t>
+  </si>
+  <si>
+    <t>9731811994</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chiranjibi Behera </t>
+  </si>
+  <si>
+    <t>Chiranjibi.Behera@unilever.com</t>
+  </si>
+  <si>
+    <t>6355178773</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nisha Mittal </t>
+  </si>
+  <si>
+    <t>Nisha.Mittal@unilever.com</t>
+  </si>
+  <si>
+    <t>8708369596</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nikhil Patel </t>
+  </si>
+  <si>
+    <t>Nikhil.Patel@unilever.com</t>
+  </si>
+  <si>
+    <t>8103315205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rucha Rajesh Gupte </t>
+  </si>
+  <si>
+    <t>Rucha.Gupte@unilever.com</t>
+  </si>
+  <si>
+    <t>9879113331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Laxmish Hegde </t>
+  </si>
+  <si>
+    <t>Laxmish.Hegde@unilever.com</t>
+  </si>
+  <si>
+    <t>9019773812</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bezawada Siva Akhil Datta </t>
+  </si>
+  <si>
+    <t>Akhil.Datta2@unilever.com</t>
+  </si>
+  <si>
+    <t>9515672224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aastha Rajput </t>
+  </si>
+  <si>
+    <t>Aastha.Rajput@unilever.com</t>
+  </si>
+  <si>
+    <t>9877211782</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dhruav Gupta </t>
+  </si>
+  <si>
+    <t>Dhruav.Gupta@unilever.com</t>
+  </si>
+  <si>
+    <t>9582876678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venugopal L </t>
+  </si>
+  <si>
+    <t>Venugopal.L@unilever.com</t>
+  </si>
+  <si>
+    <t>9980159905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jasmeet Kaur Rekhi </t>
+  </si>
+  <si>
+    <t>Jasmeet.Kaur@unilever.com</t>
+  </si>
+  <si>
+    <t>9798778829</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hardik Mishra </t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Hardik.Mishra@unilever.com</t>
+  </si>
+  <si>
+    <t>8298753491</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prateek Chhajlani </t>
+  </si>
+  <si>
+    <t>Prateek.Chhajlani@unilever.com</t>
+  </si>
+  <si>
+    <t>9148977512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neelam Yadav </t>
+  </si>
+  <si>
+    <t>Neelam.Yadav@unilever.com</t>
+  </si>
+  <si>
+    <t>7008342498</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Busi Namitha </t>
+  </si>
+  <si>
+    <t>Namitha.Busi@unilever.com</t>
+  </si>
+  <si>
+    <t>8247431471</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shree Vennila S </t>
+  </si>
+  <si>
+    <t>Shreevennila.S@unilever.com</t>
+  </si>
+  <si>
+    <t>9742211325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jyoti Bohra  </t>
+  </si>
+  <si>
+    <t>Jyoti.Bohra@unilever.com</t>
+  </si>
+  <si>
+    <t>7506184320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chitransh Saini </t>
+  </si>
+  <si>
+    <t>Chitransh.Saini@unilever.com</t>
+  </si>
+  <si>
+    <t>6378252461</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Isha Goswami </t>
+  </si>
+  <si>
+    <t>Isha.Goswami@unilever.com</t>
+  </si>
+  <si>
+    <t>8085566800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Samyak Jain </t>
+  </si>
+  <si>
+    <t>Samyak.Jain3@unilever.com</t>
+  </si>
+  <si>
+    <t>9968833779</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Purvi Goel </t>
+  </si>
+  <si>
+    <t>Purvi.Goel@unilever.com</t>
+  </si>
+  <si>
+    <t>9453696580</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Janvi Gupta </t>
+  </si>
+  <si>
+    <t>Janvi.Gupta@unilever.com</t>
+  </si>
+  <si>
+    <t>9669428349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rahul Raichandani </t>
+  </si>
+  <si>
+    <t>Rahul.Raichandani@unilever.com</t>
+  </si>
+  <si>
+    <t>7738891332</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R Subash </t>
+  </si>
+  <si>
+    <t>R.Subash@unilever.com</t>
+  </si>
+  <si>
+    <t>8792709214</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sourav C </t>
+  </si>
+  <si>
+    <t>Sourav.Chandrashekar@unilever.com</t>
+  </si>
+  <si>
+    <t>9632599244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chirag Punglia </t>
+  </si>
+  <si>
+    <t>Chirag.Punglia@unilever.com</t>
+  </si>
+  <si>
+    <t>9462678577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kavin Devaraj </t>
+  </si>
+  <si>
+    <t>Kavin.Devaraj@unilever.com</t>
+  </si>
+  <si>
+    <t>9789657616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aaditri Bapna </t>
+  </si>
+  <si>
+    <t>Aaditri.Bapna@unilever.com</t>
+  </si>
+  <si>
+    <t>8000326889</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mohandas R Pai </t>
+  </si>
+  <si>
+    <t>Mohandas.Pai@unilever.com</t>
+  </si>
+  <si>
+    <t>9833795576</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sachin Kumar Ravikumar </t>
+  </si>
+  <si>
+    <t>Sachin.Ravikumar@unilever.com</t>
+  </si>
+  <si>
+    <t>9487002679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shubam S </t>
+  </si>
+  <si>
+    <t>Shubam.S@unilever.com</t>
+  </si>
+  <si>
+    <t>8951583900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kolluru Naga Venkata Harshitha </t>
+  </si>
+  <si>
+    <t>Harshitha.Kolluru@unilever.com</t>
+  </si>
+  <si>
+    <t>9148100857</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Krtika Sharma </t>
+  </si>
+  <si>
+    <t>Krtika.Sharma@unilever.com</t>
+  </si>
+  <si>
+    <t>6376267278</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Srilakshmi V </t>
+  </si>
+  <si>
+    <t>XXXL</t>
+  </si>
+  <si>
+    <t>V.Srilakshmi@unilever.com</t>
+  </si>
+  <si>
+    <t>9042696743</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greenal R Rodrigues </t>
+  </si>
+  <si>
+    <t>Greenal.Dias@unilever.com</t>
+  </si>
+  <si>
+    <t>9739816116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHAIK PEERAN BASHA </t>
+  </si>
+  <si>
+    <t>Shaik.P.Basha@unilever.com</t>
+  </si>
+  <si>
+    <t>8861313013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piyush Wadhwa </t>
+  </si>
+  <si>
+    <t>Piyush.Wadhwa@unilever.com</t>
+  </si>
+  <si>
+    <t>9165977617</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prateek Mali </t>
+  </si>
+  <si>
+    <t>Prateek.Mali@unilever.com</t>
+  </si>
+  <si>
+    <t>8660851523</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tejas Rameshwar Mete </t>
+  </si>
+  <si>
+    <t>Tejas.Rameshwar@unilever.com</t>
+  </si>
+  <si>
+    <t>7507892490</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jasmin Patra </t>
+  </si>
+  <si>
+    <t>Jasmin.Patra@unilever.com</t>
+  </si>
+  <si>
+    <t>8667800254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gangani Abhay Bhaveshbhai </t>
+  </si>
+  <si>
+    <t>Abhay.Gangani@unilever.com</t>
+  </si>
+  <si>
+    <t>8780681339</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAGHURAM SUNDARESAN </t>
+  </si>
+  <si>
+    <t>Raghuram.S@unilever.com</t>
+  </si>
+  <si>
+    <t>9844000034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nethravathi </t>
+  </si>
+  <si>
+    <t>Nethravathi.P@unilever.com</t>
+  </si>
+  <si>
+    <t>9686226926</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kelash Patel </t>
+  </si>
+  <si>
+    <t>Kelash.Patel@unilever.com</t>
+  </si>
+  <si>
+    <t>7019437228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kalakata Datta Sai </t>
+  </si>
+  <si>
+    <t>Kalakata.Sai@unilever.com</t>
+  </si>
+  <si>
+    <t>8074607784</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shravan Bollineni </t>
+  </si>
+  <si>
+    <t>SHRAVAN.BOLLINENI@unilever.com</t>
+  </si>
+  <si>
+    <t>9676388830</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manmeet Singh Oberai </t>
+  </si>
+  <si>
+    <t>Manmeet.Oberai@unilever.com</t>
+  </si>
+  <si>
+    <t>8197796373</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pragya Saraswat </t>
+  </si>
+  <si>
+    <t>Pragya.Saraswat@unilever.com</t>
+  </si>
+  <si>
+    <t>+919694633199</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vishal Kumar  </t>
+  </si>
+  <si>
+    <t>Vishal.Kumar@unilever.com</t>
+  </si>
+  <si>
+    <t>9341369258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NITIN PARSHURAM KARGUTKAR </t>
+  </si>
+  <si>
+    <t>Nitin.Kargutkar@unilever.com</t>
+  </si>
+  <si>
+    <t>9819432636</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tadavarthy Venkata Siva Naga Sai Akhil </t>
+  </si>
+  <si>
+    <t>Sai.Akhil@unilever.com</t>
+  </si>
+  <si>
+    <t>9633832266</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nisha Yadav </t>
+  </si>
+  <si>
+    <t>Nisha.Yadav@unilever.com</t>
+  </si>
+  <si>
+    <t>8527660731</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aayushi Sinha </t>
+  </si>
+  <si>
+    <t>Aayushi.Sinha@unilever.com</t>
+  </si>
+  <si>
+    <t>+91-8987899102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hitanshi Bhatia </t>
+  </si>
+  <si>
+    <t>hitanshi.bhatia@unilever.com</t>
+  </si>
+  <si>
+    <t>+91 9999849896</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ishita Thakur </t>
+  </si>
+  <si>
+    <t>Ishita.Thakur@unilever.com</t>
+  </si>
+  <si>
+    <t>9459831110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shankul </t>
+  </si>
+  <si>
+    <t>Shankul.Gulia@unilever.com</t>
+  </si>
+  <si>
+    <t>8950183023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Garima </t>
+  </si>
+  <si>
+    <t>Garima.Singh3@unilever.com</t>
+  </si>
+  <si>
+    <t>7015206001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saurav Kumar </t>
+  </si>
+  <si>
+    <t>Saurav.Kumar@unilever.com</t>
+  </si>
+  <si>
+    <t>8882012009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suman Pal </t>
+  </si>
+  <si>
+    <t>Suman.Pal@unilever.com</t>
+  </si>
+  <si>
+    <t>9986302509</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Milind Joshi </t>
+  </si>
+  <si>
+    <t>Milind.Joshi@unilever.com</t>
+  </si>
+  <si>
+    <t>7980901824</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neha Jain </t>
+  </si>
+  <si>
+    <t>Neha.Jain@unilever.com</t>
+  </si>
+  <si>
+    <t>7067616876</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ruchika Agarwal </t>
+  </si>
+  <si>
+    <t>Ruchika.Agarwal@unilever.com</t>
+  </si>
+  <si>
+    <t>8107904661</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hema Sudha M </t>
+  </si>
+  <si>
+    <t>Hema.Sudha@unilever.com</t>
+  </si>
+  <si>
+    <t>8147225239</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jaya Ojha </t>
+  </si>
+  <si>
+    <t>Jaya.Ojha@unilever.com</t>
+  </si>
+  <si>
+    <t>9880755991</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harsh Lohia </t>
+  </si>
+  <si>
+    <t>HARSH.LOHIA@unilever.com</t>
+  </si>
+  <si>
+    <t>8777791789</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOFIA ADRIANA BARRAZA ZEPEDA </t>
+  </si>
+  <si>
+    <t>Sofia.Barraza@unilever.com</t>
+  </si>
+  <si>
+    <t>+525548801415</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanjogika Mishra </t>
+  </si>
+  <si>
+    <t>Sanjogika.Mishra@unilever.com</t>
+  </si>
+  <si>
+    <t>7718840877</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saurabh Hisariya </t>
+  </si>
+  <si>
+    <t>Saurabh.Hisariya@unilever.com</t>
+  </si>
+  <si>
+    <t>8088214578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Karunakara V Suvarna </t>
+  </si>
+  <si>
+    <t>Karunakara-S.Suvarna@unilever.com</t>
+  </si>
+  <si>
+    <t>9945842590</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parvathy Sasi </t>
+  </si>
+  <si>
+    <t>Parvathy.S2@unilever.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abhipsa Padhi </t>
+  </si>
+  <si>
+    <t>Abhipsa.Padhi@unilever.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vishnupriya </t>
+  </si>
+  <si>
+    <t>Vishnu.Priya3@unilever.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bhavika </t>
+  </si>
+  <si>
+    <t>Bhavika.Garg@unilever.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prashant Agrawal  </t>
+  </si>
+  <si>
+    <t>Prashant.Agrawal@unilever.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robinson Abraham  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nazneen K </t>
+  </si>
+  <si>
+    <t>Nazneen.K@unilever.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I174"/>
+  <dimension ref="A1:I277"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
-    <col min="2" max="2" width="32.961799621582" customWidth="1"/>
-    <col min="3" max="3" width="26.5615043640137" customWidth="1"/>
+    <col min="2" max="2" width="35.8468437194824" customWidth="1"/>
+    <col min="3" max="3" width="14.7011079788208" customWidth="1"/>
     <col min="4" max="4" width="11.112193107605" customWidth="1"/>
-    <col min="5" max="5" width="41.0808410644531" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="13.5624361038208" customWidth="1"/>
+    <col min="5" max="5" width="42.5694007873535" customWidth="1"/>
+    <col min="6" max="6" width="15.5584354400635" customWidth="1"/>
+    <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="12.6345148086548" customWidth="1"/>
-    <col min="9" max="9" width="14.1506977081299" customWidth="1"/>
+    <col min="9" max="9" width="11.756724357605" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0">
-        <v>10001</v>
+        <v>1003</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I2" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0">
-        <v>10002</v>
+        <v>1004</v>
       </c>
       <c r="B3" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="0" t="s">
+      <c r="D3" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="0" t="s">
+      <c r="F3" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I3" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0">
-        <v>10003</v>
+        <v>1005</v>
       </c>
       <c r="B4" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="C4" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="0" t="s">
+      <c r="F4" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I4" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0">
-        <v>10004</v>
+        <v>1006</v>
       </c>
       <c r="B5" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0">
-        <v>10006</v>
+        <v>1008</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0">
-        <v>10007</v>
+        <v>1009</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I7" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0">
-        <v>10008</v>
+        <v>1010</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0">
-        <v>10010</v>
+        <v>1012</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I9" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0">
-        <v>10011</v>
+        <v>1013</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0">
-        <v>10012</v>
+        <v>1014</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I11" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0">
-        <v>10013</v>
+        <v>1015</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I12" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0">
-        <v>10015</v>
+        <v>1016</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I13" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0">
-        <v>10016</v>
+        <v>1017</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I14" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0">
-        <v>10017</v>
+        <v>1018</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I15" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0">
-        <v>10018</v>
+        <v>1019</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0">
-        <v>10019</v>
+        <v>1020</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I17" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0">
-        <v>10021</v>
+        <v>1021</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0">
-        <v>10024</v>
+        <v>1022</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I19" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0">
-        <v>10027</v>
+        <v>1023</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I20" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0">
-        <v>10028</v>
+        <v>1024</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I21" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0">
-        <v>10029</v>
+        <v>1025</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I22" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0">
-        <v>10031</v>
+        <v>1026</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I23" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0">
-        <v>10032</v>
+        <v>1027</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I24" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0">
-        <v>10033</v>
+        <v>1028</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I25" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0">
-        <v>10034</v>
+        <v>1029</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I26" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0">
-        <v>10035</v>
+        <v>1030</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I27" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0">
-        <v>10036</v>
+        <v>1031</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I28" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0">
-        <v>10039</v>
+        <v>1033</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I29" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0">
-        <v>10040</v>
+        <v>1034</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I30" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0">
-        <v>10044</v>
+        <v>1037</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I31" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0">
-        <v>10045</v>
+        <v>1041</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I32" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0">
-        <v>10046</v>
+        <v>1042</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I33" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0">
-        <v>10048</v>
+        <v>1043</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I34" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0">
-        <v>10049</v>
+        <v>1044</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I35" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0">
-        <v>10051</v>
+        <v>1046</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I36" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0">
-        <v>10053</v>
+        <v>1047</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I37" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0">
-        <v>10054</v>
+        <v>1050</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I38" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0">
-        <v>10057</v>
+        <v>1051</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I39" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0">
-        <v>10058</v>
+        <v>1052</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I40" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0">
-        <v>10059</v>
+        <v>1054</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I41" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0">
-        <v>10060</v>
+        <v>1055</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I42" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0">
-        <v>10061</v>
+        <v>1057</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I43" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0">
-        <v>10062</v>
+        <v>1059</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I44" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0">
-        <v>10063</v>
+        <v>1060</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I45" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0">
-        <v>10066</v>
+        <v>1062</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I46" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0">
-        <v>10067</v>
+        <v>1063</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I47" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0">
-        <v>10068</v>
+        <v>1065</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I48" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0">
-        <v>10069</v>
+        <v>1066</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I49" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0">
-        <v>10070</v>
+        <v>1068</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I50" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0">
-        <v>10072</v>
+        <v>1069</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I51" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0">
-        <v>10073</v>
+        <v>1070</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I52" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0">
-        <v>10074</v>
+        <v>1071</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I53" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0">
-        <v>10075</v>
+        <v>1072</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I54" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0">
-        <v>10076</v>
+        <v>1073</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I55" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0">
-        <v>10077</v>
+        <v>1074</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I56" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0">
-        <v>10078</v>
+        <v>1077</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I57" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0">
-        <v>10079</v>
+        <v>1078</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I58" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0">
-        <v>10084</v>
+        <v>1079</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I59" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0">
-        <v>10085</v>
+        <v>1081</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I60" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0">
-        <v>10086</v>
+        <v>1082</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I61" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0">
-        <v>10087</v>
+        <v>1083</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I62" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0">
-        <v>10088</v>
+        <v>1084</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I63" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0">
-        <v>10090</v>
+        <v>1085</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I64" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0">
-        <v>10092</v>
+        <v>1086</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I65" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0">
-        <v>10093</v>
+        <v>1088</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I66" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0">
-        <v>10094</v>
+        <v>1090</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I67" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0">
-        <v>10095</v>
+        <v>1091</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I68" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0">
-        <v>10096</v>
+        <v>1092</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I69" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0">
-        <v>10097</v>
+        <v>1093</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I70" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0">
-        <v>10098</v>
+        <v>1094</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I71" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0">
-        <v>10100</v>
+        <v>1095</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I72" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0">
-        <v>10102</v>
+        <v>1096</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I73" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0">
-        <v>10103</v>
+        <v>1097</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I74" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0">
-        <v>10104</v>
+        <v>1098</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I75" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0">
-        <v>10106</v>
+        <v>1099</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I76" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0">
-        <v>10107</v>
+        <v>1100</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I77" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0">
-        <v>10109</v>
+        <v>1101</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I78" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0">
-        <v>10110</v>
+        <v>1102</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I79" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0">
-        <v>10111</v>
+        <v>1103</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I80" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0">
-        <v>10112</v>
+        <v>1104</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I81" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0">
-        <v>10114</v>
+        <v>1106</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I82" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0">
-        <v>10116</v>
+        <v>1109</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I83" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0">
-        <v>10117</v>
+        <v>1110</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I84" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0">
-        <v>10118</v>
+        <v>1112</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I85" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0">
-        <v>10119</v>
+        <v>1113</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I86" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0">
-        <v>10121</v>
+        <v>1114</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I87" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0">
-        <v>10122</v>
+        <v>1116</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I88" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0">
-        <v>10123</v>
+        <v>1117</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I89" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0">
-        <v>10124</v>
+        <v>1118</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I90" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0">
-        <v>10125</v>
+        <v>1120</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I91" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0">
-        <v>10126</v>
+        <v>1121</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I92" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0">
-        <v>10127</v>
+        <v>1122</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I93" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0">
-        <v>10128</v>
+        <v>1123</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I94" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0">
-        <v>10129</v>
+        <v>1124</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I95" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0">
-        <v>10130</v>
+        <v>1126</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I96" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0">
-        <v>10131</v>
+        <v>1127</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I97" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0">
-        <v>10132</v>
+        <v>1129</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I98" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0">
-        <v>10134</v>
+        <v>1130</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I99" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0">
-        <v>10138</v>
+        <v>1131</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I100" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0">
-        <v>10140</v>
+        <v>1133</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I101" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0">
-        <v>10141</v>
+        <v>1134</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>16</v>
+        <v>320</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I102" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0">
-        <v>10142</v>
+        <v>1135</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I103" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0">
-        <v>10144</v>
+        <v>1136</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I104" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0">
-        <v>10145</v>
+        <v>1137</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I105" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0">
-        <v>10148</v>
+        <v>1138</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I106" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0">
-        <v>10151</v>
+        <v>1139</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I107" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0">
-        <v>10152</v>
+        <v>1140</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I108" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0">
-        <v>10153</v>
+        <v>1141</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I109" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0">
-        <v>10154</v>
+        <v>1143</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I110" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0">
-        <v>10155</v>
+        <v>1144</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I111" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0">
-        <v>10156</v>
+        <v>1145</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>345</v>
+        <v>91</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I112" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0">
-        <v>10160</v>
+        <v>1147</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>345</v>
+        <v>91</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I113" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0">
-        <v>10161</v>
+        <v>1148</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>345</v>
+        <v>53</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I114" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0">
-        <v>10163</v>
+        <v>1149</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>345</v>
+        <v>10</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I115" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0">
-        <v>10164</v>
+        <v>1150</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>345</v>
+        <v>15</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I116" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0">
-        <v>10166</v>
+        <v>1151</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>345</v>
+        <v>10</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I117" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0">
-        <v>10167</v>
+        <v>1153</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>345</v>
+        <v>19</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I118" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0">
-        <v>10168</v>
+        <v>1154</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>345</v>
+        <v>31</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I119" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0">
-        <v>10173</v>
+        <v>1155</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>345</v>
+        <v>91</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I120" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0">
-        <v>10174</v>
+        <v>1157</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>345</v>
+        <v>10</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>348</v>
+        <v>11</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>11</v>
       </c>
       <c r="I121" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0">
-        <v>10176</v>
+        <v>1158</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>377</v>
+        <v>91</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>11</v>
+        <v>381</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I122" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0">
-        <v>10177</v>
+        <v>1160</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>381</v>
+        <v>27</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>11</v>
+        <v>384</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I123" s="0" t="s">
-        <v>381</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0">
-        <v>10178</v>
+        <v>1162</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>381</v>
+        <v>23</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>11</v>
+        <v>387</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I124" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0">
-        <v>10179</v>
+        <v>1163</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>381</v>
+        <v>91</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>11</v>
+        <v>390</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I125" s="0" t="s">
-        <v>388</v>
+        <v>11</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0">
-        <v>10180</v>
+        <v>1164</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>381</v>
+        <v>19</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>11</v>
+        <v>393</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I126" s="0" t="s">
-        <v>388</v>
+        <v>11</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0">
-        <v>10181</v>
+        <v>1165</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>381</v>
+        <v>19</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>11</v>
+        <v>396</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I127" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0">
-        <v>10182</v>
+        <v>1166</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>381</v>
+        <v>53</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>11</v>
+        <v>399</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I128" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0">
-        <v>10183</v>
+        <v>1167</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>396</v>
+        <v>91</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>11</v>
+        <v>402</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I129" s="0" t="s">
-        <v>398</v>
+        <v>11</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0">
-        <v>10184</v>
+        <v>1168</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>11</v>
+        <v>405</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I130" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0">
-        <v>10185</v>
+        <v>1169</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>11</v>
+        <v>408</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I131" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0">
-        <v>10186</v>
+        <v>1171</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>11</v>
+        <v>411</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I132" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0">
-        <v>10187</v>
+        <v>1172</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>396</v>
+        <v>10</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>11</v>
+        <v>414</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I133" s="0" t="s">
-        <v>398</v>
+        <v>11</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0">
-        <v>10188</v>
+        <v>1173</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>11</v>
+        <v>417</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I134" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0">
-        <v>10189</v>
+        <v>1174</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>11</v>
+        <v>420</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>410</v>
+        <v>421</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I135" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0">
-        <v>10190</v>
+        <v>1175</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>411</v>
+        <v>422</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>11</v>
+        <v>423</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>412</v>
+        <v>424</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I136" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0">
-        <v>10191</v>
+        <v>1176</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>396</v>
+        <v>19</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>11</v>
+        <v>426</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I137" s="0" t="s">
-        <v>398</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0">
-        <v>10192</v>
+        <v>1177</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>381</v>
+        <v>53</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>11</v>
+        <v>429</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>416</v>
+        <v>430</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I138" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0">
-        <v>10193</v>
+        <v>1178</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>11</v>
+        <v>432</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>418</v>
+        <v>433</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I139" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0">
-        <v>10194</v>
+        <v>1179</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>419</v>
+        <v>434</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>11</v>
+        <v>435</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>11</v>
+        <v>436</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I140" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0">
-        <v>10195</v>
+        <v>1180</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>420</v>
+        <v>437</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>381</v>
+        <v>15</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>11</v>
+        <v>438</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>421</v>
+        <v>439</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I141" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0">
-        <v>10196</v>
+        <v>1182</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>422</v>
+        <v>440</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>396</v>
+        <v>19</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>11</v>
+        <v>441</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I142" s="0" t="s">
-        <v>424</v>
+        <v>11</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0">
-        <v>10197</v>
+        <v>1183</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>396</v>
+        <v>10</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>426</v>
+        <v>444</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I143" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0">
-        <v>10198</v>
+        <v>1184</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>11</v>
+        <v>447</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>429</v>
+        <v>448</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I144" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0">
-        <v>10199</v>
+        <v>1186</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>430</v>
+        <v>449</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>11</v>
+        <v>450</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>11</v>
+        <v>451</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I145" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0">
-        <v>10200</v>
+        <v>1187</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>431</v>
+        <v>452</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>11</v>
+        <v>453</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>11</v>
+        <v>454</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I146" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0">
-        <v>10201</v>
+        <v>1189</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>432</v>
+        <v>404</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>381</v>
+        <v>31</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>11</v>
+        <v>455</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>433</v>
+        <v>456</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I147" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0">
-        <v>10202</v>
+        <v>1190</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>434</v>
+        <v>457</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>381</v>
+        <v>23</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>11</v>
+        <v>458</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>435</v>
+        <v>459</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I148" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0">
-        <v>10203</v>
+        <v>1192</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>436</v>
+        <v>460</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>381</v>
+        <v>15</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>11</v>
+        <v>461</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>437</v>
+        <v>462</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I149" s="0" t="s">
-        <v>388</v>
+        <v>11</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0">
-        <v>10204</v>
+        <v>1193</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>396</v>
+        <v>19</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>11</v>
+        <v>464</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>439</v>
+        <v>465</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I150" s="0" t="s">
-        <v>398</v>
+        <v>11</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0">
-        <v>10205</v>
+        <v>1194</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>440</v>
+        <v>466</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>381</v>
+        <v>31</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>11</v>
+        <v>467</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>441</v>
+        <v>468</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I151" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0">
-        <v>10206</v>
+        <v>1195</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>442</v>
+        <v>469</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D152" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>11</v>
+        <v>470</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>443</v>
+        <v>471</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I152" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0">
-        <v>10207</v>
+        <v>1196</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>444</v>
+        <v>472</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>396</v>
+        <v>23</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>11</v>
+        <v>473</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>445</v>
+        <v>474</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I153" s="0" t="s">
-        <v>388</v>
+        <v>11</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0">
-        <v>10208</v>
+        <v>1197</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>446</v>
+        <v>475</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>11</v>
+        <v>476</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>447</v>
+        <v>477</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I154" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0">
-        <v>10209</v>
+        <v>1204</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>448</v>
+        <v>478</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>381</v>
+        <v>19</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>11</v>
+        <v>479</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>449</v>
+        <v>480</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I155" s="0" t="s">
-        <v>388</v>
+        <v>11</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0">
-        <v>10210</v>
+        <v>1205</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>450</v>
+        <v>481</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>396</v>
+        <v>19</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>11</v>
+        <v>482</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>451</v>
+        <v>483</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I156" s="0" t="s">
-        <v>398</v>
+        <v>11</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0">
-        <v>10211</v>
+        <v>1206</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>452</v>
+        <v>484</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>11</v>
+        <v>485</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>453</v>
+        <v>486</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I157" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0">
-        <v>10212</v>
+        <v>1207</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>454</v>
+        <v>487</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>455</v>
+        <v>15</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>11</v>
+        <v>488</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>456</v>
+        <v>489</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I158" s="0" t="s">
-        <v>424</v>
+        <v>11</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0">
-        <v>10213</v>
+        <v>1208</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>457</v>
+        <v>490</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>381</v>
+        <v>91</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>11</v>
+        <v>491</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>458</v>
+        <v>492</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I159" s="0" t="s">
-        <v>388</v>
+        <v>11</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0">
-        <v>10214</v>
+        <v>1209</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>459</v>
+        <v>493</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>11</v>
+        <v>494</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>460</v>
+        <v>495</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I160" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0">
-        <v>10215</v>
+        <v>1210</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>461</v>
+        <v>496</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>381</v>
+        <v>19</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>11</v>
+        <v>497</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>462</v>
+        <v>498</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I161" s="0" t="s">
-        <v>388</v>
+        <v>11</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0">
-        <v>10216</v>
+        <v>1211</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>463</v>
+        <v>499</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>381</v>
+        <v>91</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>11</v>
+        <v>500</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>464</v>
+        <v>501</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I162" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0">
-        <v>10217</v>
+        <v>1212</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>465</v>
+        <v>502</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="D163" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>11</v>
+        <v>503</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>466</v>
+        <v>504</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I163" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0">
-        <v>10218</v>
+        <v>1213</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>467</v>
+        <v>505</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>381</v>
+        <v>19</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>11</v>
+        <v>506</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>468</v>
+        <v>507</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I164" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0">
-        <v>10219</v>
+        <v>1214</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>469</v>
+        <v>508</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D165" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>11</v>
+        <v>509</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>470</v>
+        <v>510</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I165" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0">
-        <v>10220</v>
+        <v>1215</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>471</v>
+        <v>511</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>11</v>
+        <v>512</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>472</v>
+        <v>513</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I166" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0">
-        <v>10221</v>
+        <v>1217</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>473</v>
+        <v>514</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>11</v>
+        <v>515</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>474</v>
+        <v>516</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I167" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0">
-        <v>10222</v>
+        <v>1218</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>475</v>
+        <v>517</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>381</v>
+        <v>23</v>
       </c>
       <c r="D168" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>11</v>
+        <v>518</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>476</v>
+        <v>519</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I168" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0">
-        <v>10223</v>
+        <v>1219</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>477</v>
+        <v>520</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>478</v>
+        <v>15</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>479</v>
+        <v>521</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>480</v>
+        <v>522</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I169" s="0" t="s">
-        <v>481</v>
+        <v>11</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0">
-        <v>10224</v>
+        <v>1220</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>482</v>
+        <v>523</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>455</v>
+        <v>31</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>11</v>
+        <v>524</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>483</v>
+        <v>525</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I170" s="0" t="s">
-        <v>398</v>
+        <v>11</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0">
-        <v>10225</v>
+        <v>1221</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>484</v>
+        <v>526</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>455</v>
+        <v>10</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>11</v>
+        <v>527</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>485</v>
+        <v>528</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I171" s="0" t="s">
-        <v>424</v>
+        <v>11</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0">
-        <v>10226</v>
+        <v>1222</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>486</v>
+        <v>529</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>455</v>
+        <v>10</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>11</v>
+        <v>530</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>487</v>
+        <v>531</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I172" s="0" t="s">
-        <v>424</v>
+        <v>11</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0">
-        <v>10227</v>
+        <v>1225</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>488</v>
+        <v>532</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>455</v>
+        <v>15</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>11</v>
+        <v>533</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>489</v>
+        <v>534</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I173" s="0" t="s">
-        <v>398</v>
+        <v>11</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0">
-        <v>10228</v>
+        <v>1226</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>490</v>
+        <v>535</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>381</v>
+        <v>23</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>11</v>
+        <v>536</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>491</v>
+        <v>537</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>379</v>
+        <v>11</v>
       </c>
       <c r="I174" s="0" t="s">
-        <v>388</v>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0">
+        <v>1227</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D175" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="F175" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="G175" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H175" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I175" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0">
+        <v>1228</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E176" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="F176" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="G176" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H176" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I176" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0">
+        <v>1229</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="F177" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="G177" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H177" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I177" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0">
+        <v>1230</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D178" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E178" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="F178" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="G178" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H178" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I178" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0">
+        <v>1231</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E179" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="F179" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="G179" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H179" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I179" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0">
+        <v>1232</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E180" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="F180" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="G180" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H180" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I180" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0">
+        <v>1233</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E181" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="F181" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="G181" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H181" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I181" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0">
+        <v>1235</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E182" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="F182" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="G182" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H182" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I182" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0">
+        <v>1237</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E183" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="F183" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="G183" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H183" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I183" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0">
+        <v>1238</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="F184" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="G184" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H184" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I184" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0">
+        <v>1239</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="F185" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="G185" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H185" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I185" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0">
+        <v>1240</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="F186" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="G186" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H186" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I186" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0">
+        <v>1241</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F187" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="G187" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H187" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I187" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0">
+        <v>1242</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E188" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="F188" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="G188" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H188" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I188" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0">
+        <v>1243</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E189" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="F189" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="G189" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H189" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I189" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0">
+        <v>1246</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E190" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="F190" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="G190" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H190" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I190" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0">
+        <v>1247</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E191" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="F191" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="G191" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H191" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I191" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0">
+        <v>1248</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D192" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E192" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="F192" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="G192" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H192" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I192" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0">
+        <v>1249</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D193" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E193" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="F193" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="G193" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H193" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I193" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0">
+        <v>1250</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E194" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="F194" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="G194" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H194" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I194" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0">
+        <v>1252</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D195" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="F195" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="G195" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H195" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I195" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0">
+        <v>1254</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E196" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="F196" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="G196" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H196" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I196" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0">
+        <v>1256</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D197" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="F197" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="G197" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H197" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I197" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0">
+        <v>1258</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E198" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="F198" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="G198" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H198" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I198" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0">
+        <v>1259</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D199" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E199" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="F199" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="G199" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H199" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I199" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0">
+        <v>1260</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D200" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="F200" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="G200" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H200" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I200" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0">
+        <v>1261</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E201" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="F201" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="G201" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H201" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I201" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0">
+        <v>1262</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E202" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="F202" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="G202" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H202" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I202" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0">
+        <v>1263</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="F203" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="G203" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H203" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I203" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0">
+        <v>1264</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="F204" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="G204" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H204" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I204" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0">
+        <v>1265</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D205" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="F205" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="G205" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H205" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I205" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0">
+        <v>1266</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E206" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="F206" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="G206" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H206" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I206" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0">
+        <v>1267</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D207" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="F207" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="G207" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H207" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I207" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0">
+        <v>1268</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D208" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="F208" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="G208" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H208" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I208" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0">
+        <v>1269</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F209" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="G209" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H209" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I209" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0">
+        <v>1271</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D210" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E210" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="F210" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="G210" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H210" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I210" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0">
+        <v>1273</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D211" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="F211" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="G211" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H211" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I211" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0">
+        <v>1274</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D212" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="F212" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="G212" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H212" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I212" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0">
+        <v>1275</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="D213" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="F213" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="G213" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H213" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I213" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0">
+        <v>1276</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D214" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="F214" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="G214" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H214" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I214" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0">
+        <v>1277</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="F215" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="G215" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H215" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I215" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0">
+        <v>1279</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="F216" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="G216" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H216" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I216" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0">
+        <v>1280</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E217" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="F217" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="G217" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H217" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I217" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="0">
+        <v>1281</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="F218" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="G218" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H218" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I218" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="0">
+        <v>1283</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="F219" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="G219" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H219" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I219" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="0">
+        <v>1286</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" s="0" t="s">
+        <v>676</v>
+      </c>
+      <c r="F220" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="G220" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H220" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I220" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="0">
+        <v>1287</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="F221" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="G221" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H221" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I221" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="0">
+        <v>1288</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D222" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E222" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="F222" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="G222" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H222" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I222" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="0">
+        <v>1289</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E223" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="F223" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="G223" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H223" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I223" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="0">
+        <v>1291</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="C224" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D224" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="F224" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="G224" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H224" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I224" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="0">
+        <v>1292</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D225" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="F225" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="G225" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H225" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I225" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="0">
+        <v>1293</v>
+      </c>
+      <c r="B226" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D226" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="F226" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="G226" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H226" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I226" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="0">
+        <v>1294</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D227" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="F227" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="G227" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H227" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I227" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="0">
+        <v>1298</v>
+      </c>
+      <c r="B228" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="F228" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="G228" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H228" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I228" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="0">
+        <v>1299</v>
+      </c>
+      <c r="B229" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D229" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="F229" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="G229" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H229" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I229" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="0">
+        <v>1301</v>
+      </c>
+      <c r="B230" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D230" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="F230" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="G230" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H230" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I230" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="0">
+        <v>1302</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D231" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="F231" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="G231" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H231" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I231" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="0">
+        <v>1306</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="F232" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="G232" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H232" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I232" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="0">
+        <v>1307</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E233" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="F233" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="G233" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H233" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I233" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="0">
+        <v>1308</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D234" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E234" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="F234" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="G234" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H234" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I234" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="0">
+        <v>1309</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="F235" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="G235" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H235" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I235" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="0">
+        <v>1310</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E236" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="F236" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="G236" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H236" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I236" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="0">
+        <v>1311</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D237" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E237" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="F237" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="G237" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H237" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I237" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="0">
+        <v>1314</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D238" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E238" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="F238" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="G238" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H238" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I238" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="0">
+        <v>1315</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D239" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E239" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="F239" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="G239" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H239" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I239" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="0">
+        <v>1316</v>
+      </c>
+      <c r="B240" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="C240" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E240" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="F240" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="G240" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H240" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I240" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="0">
+        <v>1317</v>
+      </c>
+      <c r="B241" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="C241" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D241" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E241" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="F241" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="G241" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H241" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I241" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="0">
+        <v>1318</v>
+      </c>
+      <c r="B242" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D242" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E242" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="F242" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="G242" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H242" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I242" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="0">
+        <v>1324</v>
+      </c>
+      <c r="B243" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D243" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E243" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="F243" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="G243" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H243" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I243" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="0">
+        <v>1325</v>
+      </c>
+      <c r="B244" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D244" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E244" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="F244" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="G244" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H244" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I244" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="0">
+        <v>1326</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E245" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="F245" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="G245" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H245" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I245" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="0">
+        <v>1327</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D246" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E246" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="F246" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="G246" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H246" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I246" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="0">
+        <v>1328</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D247" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E247" s="0" t="s">
+        <v>758</v>
+      </c>
+      <c r="F247" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="G247" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H247" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I247" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="0">
+        <v>1329</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>760</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D248" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E248" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="F248" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="G248" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H248" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I248" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="0">
+        <v>1330</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D249" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E249" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="F249" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="G249" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H249" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I249" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="0">
+        <v>1331</v>
+      </c>
+      <c r="B250" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D250" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E250" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="F250" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="G250" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H250" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I250" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="0">
+        <v>1332</v>
+      </c>
+      <c r="B251" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="C251" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D251" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E251" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="F251" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="G251" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H251" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I251" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="0">
+        <v>1333</v>
+      </c>
+      <c r="B252" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D252" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E252" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="F252" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="G252" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H252" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I252" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="0">
+        <v>1334</v>
+      </c>
+      <c r="B253" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D253" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E253" s="0" t="s">
+        <v>776</v>
+      </c>
+      <c r="F253" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="G253" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H253" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I253" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="0">
+        <v>1335</v>
+      </c>
+      <c r="B254" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="C254" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D254" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E254" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="F254" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="G254" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H254" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I254" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="0">
+        <v>1336</v>
+      </c>
+      <c r="B255" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="C255" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D255" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E255" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="F255" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="G255" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H255" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I255" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="0">
+        <v>1337</v>
+      </c>
+      <c r="B256" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="C256" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D256" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E256" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="F256" s="0" t="s">
+        <v>786</v>
+      </c>
+      <c r="G256" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H256" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I256" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="0">
+        <v>1339</v>
+      </c>
+      <c r="B257" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D257" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E257" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="F257" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="G257" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H257" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I257" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="0">
+        <v>1340</v>
+      </c>
+      <c r="B258" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D258" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E258" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="F258" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="G258" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H258" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I258" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="0">
+        <v>1341</v>
+      </c>
+      <c r="B259" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="C259" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D259" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E259" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="F259" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="G259" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H259" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I259" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="0">
+        <v>1342</v>
+      </c>
+      <c r="B260" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="C260" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D260" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E260" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="F260" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="G260" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H260" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I260" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="0">
+        <v>1343</v>
+      </c>
+      <c r="B261" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D261" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E261" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="F261" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="G261" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H261" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I261" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="0">
+        <v>1344</v>
+      </c>
+      <c r="B262" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D262" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E262" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="F262" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="G262" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H262" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I262" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="0">
+        <v>1345</v>
+      </c>
+      <c r="B263" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="C263" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D263" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E263" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="F263" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="G263" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H263" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I263" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="0">
+        <v>1346</v>
+      </c>
+      <c r="B264" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="D264" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E264" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="F264" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="G264" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H264" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I264" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="0">
+        <v>1347</v>
+      </c>
+      <c r="B265" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="C265" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D265" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E265" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="F265" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="G265" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H265" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I265" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="0">
+        <v>1348</v>
+      </c>
+      <c r="B266" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="C266" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D266" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E266" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="F266" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="G266" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H266" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I266" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="0">
+        <v>1349</v>
+      </c>
+      <c r="B267" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="C267" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D267" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E267" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="F267" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="G267" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H267" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I267" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="0">
+        <v>1350</v>
+      </c>
+      <c r="B268" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="C268" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D268" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E268" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="F268" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="G268" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H268" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I268" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="0">
+        <v>1351</v>
+      </c>
+      <c r="B269" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="C269" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D269" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E269" s="0" t="s">
+        <v>824</v>
+      </c>
+      <c r="F269" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="G269" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H269" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I269" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="0">
+        <v>1352</v>
+      </c>
+      <c r="B270" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="C270" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D270" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E270" s="0" t="s">
+        <v>827</v>
+      </c>
+      <c r="F270" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="G270" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H270" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I270" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="0">
+        <v>1353</v>
+      </c>
+      <c r="B271" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="C271" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="D271" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E271" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="F271" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="G271" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H271" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I271" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="0">
+        <v>1354</v>
+      </c>
+      <c r="B272" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="D272" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E272" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="F272" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="G272" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H272" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I272" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="0">
+        <v>1355</v>
+      </c>
+      <c r="B273" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="D273" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E273" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="F273" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="G273" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H273" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I273" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="0">
+        <v>1356</v>
+      </c>
+      <c r="B274" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="C274" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="D274" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E274" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="F274" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="G274" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H274" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I274" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="0">
+        <v>1357</v>
+      </c>
+      <c r="B275" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="C275" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="D275" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E275" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="F275" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="G275" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H275" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I275" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="0">
+        <v>1358</v>
+      </c>
+      <c r="B276" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="C276" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="D276" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E276" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F276" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="G276" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H276" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I276" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="0">
+        <v>1361</v>
+      </c>
+      <c r="B277" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="C277" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="D277" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E277" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="F277" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="G277" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="H277" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="I277" s="0" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>